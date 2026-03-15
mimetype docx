--- v0 (2025-10-18)
+++ v1 (2026-03-15)
@@ -801,65 +801,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> click the </w:t>
       </w:r>
       <w:r w:rsidR="009F1588">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00510F72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Submit</w:t>
       </w:r>
       <w:r w:rsidR="009F1588">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00510F72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> button on the top right.  If the Submit button is not enabled, that indicates that you haven't filled out </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> the required fields. </w:t>
+        <w:t xml:space="preserve"> button on the top right.  If the Submit button is not enabled, that indicates that you haven't filled out all of the required fields. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D3A4BD9" w14:textId="539DB907" w:rsidR="00352F89" w:rsidRPr="00510F72" w:rsidRDefault="00352F89" w:rsidP="00352F89">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="149" w:line="254" w:lineRule="auto"/>
         <w:ind w:right="-40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00510F72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The button will be dark blue if you can submit </w:t>
       </w:r>
       <w:r w:rsidRPr="00510F72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
@@ -1097,104 +1083,93 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>applicable</w:t>
       </w:r>
       <w:r w:rsidRPr="00510F72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="00E355CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ensure that the country field is filled for all the team members.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="62BE8F82" w14:textId="6BE7B793" w:rsidR="0035404F" w:rsidRDefault="00DB07CA" w:rsidP="00323635">
+    <w:p w14:paraId="62BE8F82" w14:textId="7BDB7551" w:rsidR="0035404F" w:rsidRDefault="00DB07CA" w:rsidP="00323635">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="149" w:line="254" w:lineRule="auto"/>
         <w:ind w:right="-40"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00C332F6" w:rsidRPr="00101113">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Please note that according to Vivli policy, any changes to the Lead Investigator or Lead Statistician's affiliation to a commercial entity, their conflict of interest/funding, adding studies to the request, or changes to the Statistical Analysis Plan will require that Data contributors have the opportunity to re-review your data request and have it go through their entire approval process. This allows the reviewers of a request to know which data sets will be combined into the same analysis environment. This entire process could take an additional 2-5 months. Hence, please finalize your plans ahead of time to avoid any delays </w:t>
+        <w:t>Please note that according to Vivli policy, any changes to the Lead Investigator or Lead Statistician's affiliation to a commercial entity, their conflict of interest/funding, adding studies to the request, or changes to the Statistical Analysis Plan will require that Data contributors have the opportunity to re-review your data request and have it go through their entire approval process. This allows the reviewers of a request to know which data sets will be combined into the same analysis environment. This entire process could take an additional 2-5 months. Hence, please finalize your plans ahead of time to avoid any delays later.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00C332F6" w:rsidRPr="00101113">
+      <w:r w:rsidR="00194950">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>later.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0035404F" w:rsidRPr="0035404F">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Please</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> review the Vivli polic</w:t>
+        <w:t>Please review the Vivli polic</w:t>
       </w:r>
       <w:r w:rsidR="005867E0">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>ies</w:t>
       </w:r>
       <w:r w:rsidR="0035404F" w:rsidRPr="0035404F">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> in brief about active requests and active enquiries before submitting a data request: </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00684111" w:rsidRPr="00FC534A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
@@ -1400,67 +1375,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>will need the following information to complete your Vivli Data Request Form</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> on the platform</w:t>
       </w:r>
       <w:r w:rsidRPr="00510F72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>. Optional fields are italicized.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> Use this worksheet to </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> all the necessary information with the help of your research team. If you have any questions, please submit them to the Vivli team via email </w:t>
+        <w:t xml:space="preserve"> Use this worksheet to collate all the necessary information with the help of your research team. If you have any questions, please submit them to the Vivli team via email </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00300263">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t>support@vivli.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77B2BCBF" w14:textId="77777777" w:rsidR="00C7029C" w:rsidRPr="00323635" w:rsidRDefault="00C7029C" w:rsidP="00323635">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="149" w:line="254" w:lineRule="auto"/>
         <w:ind w:right="-40"/>
         <w:rPr>
@@ -1907,67 +1866,51 @@
                 <w:color w:val="006FC0"/>
               </w:rPr>
               <w:t>Lead Researcher</w:t>
             </w:r>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="482B47C5" w14:textId="61D4DFEC" w:rsidR="001B2C04" w:rsidRPr="00510F72" w:rsidRDefault="001B2C04" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="144"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">ORCID </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> optional</w:t>
+              <w:t>ORCID ID # - optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5646" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F6D2982" w14:textId="42C74752" w:rsidR="001B2C04" w:rsidRPr="00510F72" w:rsidRDefault="001B2C04" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>ORCID ID # is a persistent digital identifier that distinguishes you f</w:t>
             </w:r>
             <w:r w:rsidR="00A51275" w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2077,65 +2020,51 @@
           <w:p w14:paraId="16757469" w14:textId="7D6D0C00" w:rsidR="001B2C04" w:rsidRPr="00510F72" w:rsidRDefault="002C4484" w:rsidP="002C4484">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="6" w:line="262" w:lineRule="exact"/>
               <w:ind w:right="155"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D106C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Please list only one organization (full name) under which you will carry out the research and which will sign the Data Use Agreement. Search for your institution using </w:t>
             </w:r>
             <w:r w:rsidR="00C332F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>the dropdown menu</w:t>
             </w:r>
             <w:r w:rsidRPr="00D106C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and select the appropriate institution. If your institution is not </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> the </w:t>
+              <w:t xml:space="preserve"> and select the appropriate institution. If your institution is not in the </w:t>
             </w:r>
             <w:r w:rsidR="00C332F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>list</w:t>
             </w:r>
             <w:r w:rsidRPr="00D106C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>, then manually enter the full name of the institution.</w:t>
             </w:r>
             <w:r w:rsidRPr="002C4484">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:tcBorders>
@@ -2941,99 +2870,71 @@
             </w:pPr>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>funding from employers through employment contracts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F7A0E95" w14:textId="58630B65" w:rsidR="00443901" w:rsidRDefault="001B2C04" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:line="262" w:lineRule="exact"/>
               <w:ind w:right="133"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">other contracts, </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">, honoraria and payments that will be used for the proposed research. </w:t>
+              <w:t xml:space="preserve">other contracts, consultancies, honoraria and payments that will be used for the proposed research. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E63018A" w14:textId="119F2202" w:rsidR="000C0E33" w:rsidRDefault="001B2C04" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="262" w:lineRule="exact"/>
               <w:ind w:right="133"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Board </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Board memberships </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39DF32A5" w14:textId="193BDEE8" w:rsidR="000C0E33" w:rsidRDefault="001B2C04" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="262" w:lineRule="exact"/>
               <w:ind w:right="133"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Patents (planned, pending or issued) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B8C8AB6" w14:textId="28E3300B" w:rsidR="00EB6705" w:rsidRDefault="001B2C04" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
@@ -3442,74 +3343,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Statistician Researcher</w:t>
             </w:r>
             <w:r w:rsidR="00C332F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">” </w:t>
             </w:r>
             <w:r w:rsidR="00C332F6" w:rsidRPr="00872C34">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>box at the top of the form</w:t>
             </w:r>
             <w:r w:rsidR="00C332F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">, and </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00C332F6">
+              <w:t>, and review</w:t>
+            </w:r>
+            <w:r w:rsidR="0074110C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
-              <w:t>review</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> Statistician </w:t>
+              <w:t xml:space="preserve">the Statistician </w:t>
             </w:r>
             <w:r w:rsidR="00552C71">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Qualifications </w:t>
             </w:r>
             <w:r w:rsidR="0074110C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">field </w:t>
             </w:r>
             <w:r w:rsidR="00552C71">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>below a</w:t>
             </w:r>
             <w:r w:rsidR="0074110C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3746,67 +3631,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> Researcher</w:t>
             </w:r>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FA6B1E8" w14:textId="3434DE76" w:rsidR="000C0E33" w:rsidRPr="00510F72" w:rsidRDefault="000C0E33" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="4"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="006FC0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">ORCID </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> optional</w:t>
+              <w:t>ORCID ID # - optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5646" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6903F9CE" w14:textId="4BED401C" w:rsidR="000C0E33" w:rsidRPr="00510F72" w:rsidRDefault="000C0E33" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7" w:line="266" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58933CA9" w14:textId="77777777" w:rsidR="000C0E33" w:rsidRPr="00510F72" w:rsidRDefault="000C0E33" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7" w:line="266" w:lineRule="exact"/>
@@ -3879,65 +3748,51 @@
           </w:tcPr>
           <w:p w14:paraId="19A575BD" w14:textId="4C8F9A7E" w:rsidR="000C0E33" w:rsidRPr="00170FAC" w:rsidRDefault="002C4484" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7" w:line="266" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C77853">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Please list only one organization (full name) under which you will carry out the research and which will sign the Data Use Agreement. Search for your institution using </w:t>
             </w:r>
             <w:r w:rsidR="00C332F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>dropdown menu</w:t>
             </w:r>
             <w:r w:rsidRPr="00C77853">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and select the appropriate institution. If your institution is not </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> the </w:t>
+              <w:t xml:space="preserve"> and select the appropriate institution. If your institution is not in the </w:t>
             </w:r>
             <w:r w:rsidR="00C332F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>list</w:t>
             </w:r>
             <w:r w:rsidRPr="00C77853">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>, then manually enter the full name of the institution.</w:t>
             </w:r>
             <w:r w:rsidRPr="002C4484">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
           </w:tcPr>
@@ -5043,136 +4898,100 @@
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:ind w:left="144"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D106C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Please provide an English-language summary of the proposed research in &lt;500 words, that is suitable for a non-</w:t>
             </w:r>
             <w:r w:rsidRPr="00D106C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">scientific or lay audience. Aim for </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> age of 12. </w:t>
+              <w:t xml:space="preserve">scientific or lay audience. Aim for a reading age of 12. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="314639C0" w14:textId="6FEDE1A7" w:rsidR="002C4484" w:rsidRPr="00D106C1" w:rsidRDefault="002C4484" w:rsidP="002C4484">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:ind w:left="144"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6E224A19" w14:textId="78D51E7F" w:rsidR="002C4484" w:rsidRPr="00D106C1" w:rsidRDefault="002C4484" w:rsidP="002C4484">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:ind w:left="144"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D106C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Please include information regarding: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="348188A2" w14:textId="77777777" w:rsidR="002C4484" w:rsidRPr="00D106C1" w:rsidRDefault="002C4484" w:rsidP="002C4484">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:ind w:left="144"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D106C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">--The </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">, e.g. a brief description of the disease/condition in lay terms and how many members of the public are potentially affected </w:t>
+              <w:t xml:space="preserve">--The project background, e.g. a brief description of the disease/condition in lay terms and how many members of the public are potentially affected </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="686389E3" w14:textId="77777777" w:rsidR="002C4484" w:rsidRPr="00D106C1" w:rsidRDefault="002C4484" w:rsidP="002C4484">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:ind w:left="144"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D106C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">--Explain in lay terms any necessary technical or field-specific language </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4DADBDE7" w14:textId="77777777" w:rsidR="002C4484" w:rsidRPr="00D106C1" w:rsidRDefault="002C4484" w:rsidP="002C4484">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:ind w:left="144"/>
@@ -5831,67 +5650,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> training as an</w:t>
             </w:r>
             <w:r w:rsidRPr="00B64238">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> attachment.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B0F7727" w14:textId="77777777" w:rsidR="0035722E" w:rsidRDefault="0035722E" w:rsidP="00D04573">
             <w:r w:rsidRPr="00C3229B">
               <w:t>If MedDRA coding will not be interpreted, please provide this confirmation in the “Other Information” tab.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="039A037C" w14:textId="77777777" w:rsidR="009D4285" w:rsidRDefault="009D4285" w:rsidP="00D04573"/>
           <w:p w14:paraId="4D211548" w14:textId="77777777" w:rsidR="009D4285" w:rsidRPr="00101113" w:rsidRDefault="009D4285" w:rsidP="009D4285">
             <w:r w:rsidRPr="00101113">
               <w:t>We can accept the MedDRA Coding Basics training as evidence.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="093A588E" w14:textId="77777777" w:rsidR="009D4285" w:rsidRPr="00101113" w:rsidRDefault="009D4285" w:rsidP="009D4285">
             <w:r w:rsidRPr="00101113">
-              <w:t xml:space="preserve">This link will take you to the Training and Materials page, click on 'Coding' and the </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Language.</w:t>
+              <w:t>This link will take you to the Training and Materials page, click on 'Coding' and the trainings will be displayed by Language.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59A038CB" w14:textId="72574A2A" w:rsidR="009D4285" w:rsidRPr="00C3229B" w:rsidRDefault="009D4285" w:rsidP="00872C34">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00101113">
               <w:t>https://www.meddra.org/training-materials</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66B4B536" w14:textId="6842BC75" w:rsidR="00234FED" w:rsidRPr="00B64238" w:rsidRDefault="00234FED" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C3229B">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -6208,65 +6011,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00774D91">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Funding Application / Grants</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3EB92B39" w14:textId="0663AD5A" w:rsidR="00774D91" w:rsidRPr="00774D91" w:rsidRDefault="00774D91" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:right="153"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Funding </w:t>
-[...13 lines deleted...]
-              <w:t>/grants</w:t>
+              <w:t>Funding application/grants</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60BBF143" w14:textId="555BE053" w:rsidR="00774D91" w:rsidRPr="00774D91" w:rsidRDefault="00774D91" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:right="153"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>NIH grant</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25238317" w14:textId="77777777" w:rsidR="00774D91" w:rsidRPr="00774D91" w:rsidRDefault="00774D91" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="153"/>
@@ -6848,104 +6637,76 @@
               <w:t>, f</w:t>
             </w:r>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">or example: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="223BC183" w14:textId="77777777" w:rsidR="00594E08" w:rsidRDefault="000C0E33" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:right="153"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">the study arms from the requested clinical </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">the study arms from the requested clinical studies; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58617213" w14:textId="3A5D2406" w:rsidR="00594E08" w:rsidRPr="00594E08" w:rsidRDefault="000C0E33" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:right="153"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="00594E08">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">ntent-to-treat or per-protocol </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">ntent-to-treat or per-protocol populations; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36B8764D" w14:textId="61FA3F76" w:rsidR="000C0E33" w:rsidRPr="00510F72" w:rsidRDefault="000C0E33" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:right="153"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">the inclusion and exclusion criteria for any cohort or subgroup analysis. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69091CB3" w14:textId="1D9EFDA9" w:rsidR="000C0E33" w:rsidRPr="00510F72" w:rsidRDefault="000C0E33" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="144" w:right="153"/>
@@ -7759,75 +7520,67 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7BFCCAF2" w14:textId="37D906BC" w:rsidR="000C0E33" w:rsidRPr="00510F72" w:rsidRDefault="00BB5D33" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="12" w:line="252" w:lineRule="exact"/>
               <w:ind w:left="144" w:right="362"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">The length of the review process </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB5D33">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">depends on </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00E355CD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="00E355CD" w:rsidRPr="00BB5D33">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB5D33">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>number of</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> factors such as the number of Data Contributors involved in a data request, the number of studies involved, and how long it takes the requester to respond to comments.</w:t>
+              <w:t>number of factors such as the number of Data Contributors involved in a data request, the number of studies involved, and how long it takes the requester to respond to comments.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BCE48AD" w14:textId="77777777" w:rsidR="000C0E33" w:rsidRPr="00510F72" w:rsidRDefault="000C0E33" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="12" w:line="252" w:lineRule="exact"/>
               <w:ind w:left="144" w:right="362"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7A3EB32F" w14:textId="0C6A9F08" w:rsidR="000C0E33" w:rsidRPr="00510F72" w:rsidRDefault="000C0E33" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="12" w:line="252" w:lineRule="exact"/>
               <w:ind w:left="144" w:right="362"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
@@ -7929,85 +7682,57 @@
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Estimated Analysis Completion Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5646" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56623F85" w14:textId="03645DA0" w:rsidR="000C0E33" w:rsidRPr="00510F72" w:rsidRDefault="0081162D" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="11" w:line="252" w:lineRule="exact"/>
               <w:ind w:left="144" w:right="520"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>Pre-</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Pre-filled, data request creation date +12 months, as </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00510F72">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Data Use</w:t>
             </w:r>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Agreement allows for </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">data </w:t>
             </w:r>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>access for a 12-month period</w:t>
             </w:r>
@@ -8167,69 +7892,51 @@
               <w:ind w:left="144"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5C3D16A2" w14:textId="7DF9814E" w:rsidR="00684111" w:rsidRPr="00093E0E" w:rsidRDefault="00684111" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:ind w:left="144"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00684111">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>As per the Data Use Agreement, there is an expectation that the dissemination plan includes a definitive statement to publish and disseminate your findings to contribute to furthering scientific knowledge. Please include a statement declarative of your intention to publish your research findings (</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> plan to submit our research findings to peer-reviewed journals targeted at X scientific community such as _______.”).</w:t>
+              <w:t>As per the Data Use Agreement, there is an expectation that the dissemination plan includes a definitive statement to publish and disseminate your findings to contribute to furthering scientific knowledge. Please include a statement declarative of your intention to publish your research findings (e.g. ”We plan to submit our research findings to peer-reviewed journals targeted at X scientific community such as _______.”).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E9A3CD0" w14:textId="77777777" w:rsidR="000C0E33" w:rsidRPr="00510F72" w:rsidRDefault="000C0E33" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C0E33" w:rsidRPr="00C539D0" w14:paraId="39ACA591" w14:textId="77777777" w:rsidTr="00D04573">
         <w:trPr>
           <w:trHeight w:val="537"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
@@ -8630,65 +8337,51 @@
           </w:tcPr>
           <w:p w14:paraId="3C83E77B" w14:textId="02E5D074" w:rsidR="000C0E33" w:rsidRPr="00510F72" w:rsidRDefault="00594E08" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="144" w:right="612"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>This space is for s</w:t>
             </w:r>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>tudies added to your data request</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">, listed on Vivli, that </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> a parallel request on a Vivli partner platform. </w:t>
+              <w:t xml:space="preserve">, listed on Vivli, that require a parallel request on a Vivli partner platform. </w:t>
             </w:r>
             <w:r w:rsidR="00D6330B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>When you are adding studies</w:t>
             </w:r>
             <w:r w:rsidR="006957B4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> to your data request</w:t>
             </w:r>
             <w:r w:rsidR="00D6330B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> from the search function, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Vivli will automatically add studies in that category here</w:t>
             </w:r>
@@ -8775,79 +8468,70 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C0E33" w:rsidRPr="00C539D0" w14:paraId="7931AD16" w14:textId="77777777" w:rsidTr="00D04573">
         <w:trPr>
           <w:trHeight w:val="58"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18D61B65" w14:textId="0C281FD0" w:rsidR="000C0E33" w:rsidRPr="00510F72" w:rsidRDefault="000C0E33" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="144" w:right="178"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="006FC0"/>
               </w:rPr>
               <w:t xml:space="preserve">Studies, Data, or Tools not </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00B1354A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="006FC0"/>
               </w:rPr>
               <w:t xml:space="preserve">Listed </w:t>
             </w:r>
             <w:r w:rsidR="00CC7FB5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="006FC0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="006FC0"/>
               </w:rPr>
-              <w:t>on</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Vivli</w:t>
+              <w:t>on Vivli</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5646" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BDDB666" w14:textId="7DD6C5BF" w:rsidR="000C0E33" w:rsidRPr="00E92785" w:rsidRDefault="00CC7FB5" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="144" w:right="612"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC7FB5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>For stud</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -9112,60 +8796,52 @@
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="834"/>
                 <w:tab w:val="left" w:pos="835"/>
               </w:tabs>
               <w:ind w:right="445"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92785">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">You should also attest </w:t>
             </w:r>
             <w:r w:rsidR="00801541" w:rsidRPr="00E92785">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">to </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>to having</w:t>
+            </w:r>
             <w:r w:rsidRPr="00E92785">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> permission to use the data in the Vivli research environment. For example</w:t>
             </w:r>
             <w:r w:rsidR="00D6330B" w:rsidRPr="00E92785">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00E92785">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> that the data is from a study conducted by you, is publicly available data that can be used for secondary analysis, </w:t>
             </w:r>
             <w:r w:rsidR="00684111">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>and/or</w:t>
             </w:r>
             <w:r w:rsidRPr="00E92785">
@@ -9234,121 +8910,89 @@
                 <w:bCs/>
               </w:rPr>
               <w:t>We can support software that is not pre-installed on the system as long as:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34D313C7" w14:textId="77777777" w:rsidR="00B1354A" w:rsidRPr="009917FF" w:rsidRDefault="00B1354A" w:rsidP="00B1354A">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009917FF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">You describe your intent to use that software as part of the request for data, so that the sponsors and review panels </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> consider that as part of the </w:t>
+              <w:t xml:space="preserve">You describe your intent to use that software as part of the request for data, so that the sponsors and review panels are able to consider that as part of the </w:t>
             </w:r>
             <w:r w:rsidRPr="009917FF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>request</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> (add it in the Studies tab under ‘STUDIES, DATA OR TOOLS NOT LISTED ON VIVLI’</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20AA98D4" w14:textId="77777777" w:rsidR="00B1354A" w:rsidRPr="009917FF" w:rsidRDefault="00B1354A" w:rsidP="00B1354A">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009917FF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">The software </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> into the Research Environment and runs locally (specifically: network restrictions prevent web-based applications). The Research Environment runs Windows Server 2022</w:t>
+              <w:t>The software installs into the Research Environment and runs locally (specifically: network restrictions prevent web-based applications). The Research Environment runs Windows Server 2022</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BB5C732" w14:textId="77777777" w:rsidR="00B1354A" w:rsidRPr="009917FF" w:rsidRDefault="00B1354A" w:rsidP="00B1354A">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009917FF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>You own and can provide a license that we can install on your behalf, if needed.</w:t>
             </w:r>
           </w:p>
@@ -9697,69 +9341,51 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidRPr="00D96AE5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">he reasoning behind/criteria used for selecting </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> study</w:t>
+              <w:t>he reasoning behind/criteria used for selecting a specific study</w:t>
             </w:r>
             <w:r w:rsidR="00093E0E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (i</w:t>
             </w:r>
             <w:r w:rsidR="00E355CD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00093E0E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>e. search criteria)</w:t>
             </w:r>
@@ -9837,59 +9463,51 @@
             <w:r w:rsidR="00E840FE">
               <w:t xml:space="preserve">to </w:t>
             </w:r>
             <w:r w:rsidR="00CC7FB5">
               <w:t>understand</w:t>
             </w:r>
             <w:r w:rsidR="00C7029C" w:rsidRPr="008557A0">
               <w:t xml:space="preserve"> all the studies you </w:t>
             </w:r>
             <w:r w:rsidR="00CC7FB5">
               <w:t>are planning to</w:t>
             </w:r>
             <w:r w:rsidR="00C7029C" w:rsidRPr="008557A0">
               <w:t xml:space="preserve"> analyz</w:t>
             </w:r>
             <w:r w:rsidR="00CC7FB5">
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="00C7029C" w:rsidRPr="008557A0">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00CC7FB5">
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00C7029C" w:rsidRPr="008557A0">
-              <w:t xml:space="preserve">ttach this table </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> the </w:t>
+              <w:t xml:space="preserve">ttach this table in the </w:t>
             </w:r>
             <w:r w:rsidR="00E840FE">
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00C7029C" w:rsidRPr="008557A0">
               <w:t>ttachment</w:t>
             </w:r>
             <w:r w:rsidR="00E840FE">
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00C7029C" w:rsidRPr="008557A0">
               <w:t xml:space="preserve"> tab</w:t>
             </w:r>
             <w:r w:rsidR="00B64238">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E7A4A24" w14:textId="055E3845" w:rsidR="003D0766" w:rsidRPr="00CC7FB5" w:rsidRDefault="00D96AE5" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="151" w:right="90"/>
             </w:pPr>
             <w:r w:rsidRPr="00CC7FB5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -10044,69 +9662,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Effect measure of interest (e.g. for inferential studies: risk or rate ratio, risk or rate difference, absolute difference; for descriptive studies: rate with confidence intervals)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23FFAF59" w14:textId="77777777" w:rsidR="006D55E5" w:rsidRDefault="000C0E33" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D55E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods to </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> bias (e.g. restriction, matching, stratification, covariate adjustment)</w:t>
+              <w:t>Methods to control for bias (e.g. restriction, matching, stratification, covariate adjustment)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FF3FFA8" w14:textId="0B1116B0" w:rsidR="00CC7414" w:rsidRDefault="000C0E33" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D55E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Assumptions and any planned adjustments for covariates or meta-regression or modeling of covariates</w:t>
             </w:r>
           </w:p>
@@ -10256,103 +9856,75 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D55E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Model fit tests, sensitivity or heterogeneity analyses (e.g. Chi-Squared Test, </w:t>
             </w:r>
             <w:r w:rsidR="00E355CD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>I-squared</w:t>
             </w:r>
             <w:r w:rsidRPr="006D55E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t xml:space="preserve"> statistic) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21CBF15D" w14:textId="3DA9188F" w:rsidR="00CC7414" w:rsidRDefault="000C0E33" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:right="180"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D55E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Analysis of subgroups (e.g. by age, disease status, ethnicity, socioeconomic status, presence or absence or co-morbidities</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Analysis of subgroups (e.g. by age, disease status, ethnicity, socioeconomic status, presence or absence or co-morbidities);</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="27E478EE" w14:textId="77777777" w:rsidR="00CC7414" w:rsidRDefault="00CC7414" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:right="180"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="000C0E33" w:rsidRPr="006D55E5">
               <w:rPr>
@@ -10831,69 +10403,51 @@
           </w:tcPr>
           <w:p w14:paraId="2D820775" w14:textId="02781FD9" w:rsidR="00987B6D" w:rsidRPr="00987B6D" w:rsidRDefault="00C7029C" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:ind w:left="331"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Please include the country</w:t>
             </w:r>
             <w:r w:rsidR="00B1354A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...17 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(ies)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> from where you will be performing this analysis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="437C0844" w14:textId="77777777" w:rsidR="00987B6D" w:rsidRDefault="00987B6D" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
@@ -10939,67 +10493,57 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00987B6D" w:rsidRPr="00510F72" w14:paraId="4BBA7A10" w14:textId="77777777" w:rsidTr="00D04573">
         <w:trPr>
           <w:trHeight w:val="337"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14220" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="426C31AC" w14:textId="77777777" w:rsidR="00987B6D" w:rsidRPr="00510F72" w:rsidRDefault="00987B6D" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:keepNext/>
               <w:spacing w:before="4"/>
               <w:ind w:left="144"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="006FC0"/>
               </w:rPr>
-              <w:t>Tab</w:t>
-[...8 lines deleted...]
-              <w:t>: Funding</w:t>
+              <w:t>Tab: Funding</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00987B6D" w:rsidRPr="00510F72" w14:paraId="7832F930" w14:textId="77777777" w:rsidTr="00D04573">
         <w:trPr>
           <w:trHeight w:val="683"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BE984D7" w14:textId="77777777" w:rsidR="00987B6D" w:rsidRPr="00510F72" w:rsidRDefault="00987B6D" w:rsidP="00D04573">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="144"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510F72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="006FC0"/>
               </w:rPr>
@@ -11414,58 +10958,58 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C7029C" w:rsidRPr="00510F72" w:rsidSect="00B74ACC">
       <w:headerReference w:type="default" r:id="rId26"/>
       <w:footerReference w:type="default" r:id="rId27"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="720" w:right="1152" w:bottom="720" w:left="1152" w:header="864" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03D717CD" w14:textId="77777777" w:rsidR="00347A9B" w:rsidRDefault="00347A9B">
+    <w:p w14:paraId="2C471BEC" w14:textId="77777777" w:rsidR="00C84E8B" w:rsidRDefault="00C84E8B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64422F1F" w14:textId="77777777" w:rsidR="00347A9B" w:rsidRDefault="00347A9B">
+    <w:p w14:paraId="0B82C7DB" w14:textId="77777777" w:rsidR="00C84E8B" w:rsidRDefault="00C84E8B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -11504,51 +11048,50 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1903201200"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
@@ -11577,58 +11120,58 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="52E89976" w14:textId="77777777" w:rsidR="00271B0A" w:rsidRDefault="00271B0A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56BDD747" w14:textId="77777777" w:rsidR="00347A9B" w:rsidRDefault="00347A9B">
+    <w:p w14:paraId="6A26DEDE" w14:textId="77777777" w:rsidR="00C84E8B" w:rsidRDefault="00C84E8B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1BF5C5AA" w14:textId="77777777" w:rsidR="00347A9B" w:rsidRDefault="00347A9B">
+    <w:p w14:paraId="052E027E" w14:textId="77777777" w:rsidR="00C84E8B" w:rsidRDefault="00C84E8B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1CF1E1FE" w14:textId="4F7A91AB" w:rsidR="00271B0A" w:rsidRPr="00510F72" w:rsidRDefault="007A2189" w:rsidP="00271B0A">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00196409">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
@@ -11695,89 +11238,89 @@
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t>Vivli Data Request Form</w:t>
     </w:r>
     <w:r w:rsidRPr="00196409">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="2E5395"/>
         <w:spacing w:val="-21"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00317724">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="2E5395"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t>Worksheet</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="47A8D208" w14:textId="40DE8E57" w:rsidR="00271B0A" w:rsidRDefault="008A33D8" w:rsidP="007557CA">
+  <w:p w14:paraId="47A8D208" w14:textId="0AF05834" w:rsidR="00271B0A" w:rsidRDefault="008A33D8" w:rsidP="007557CA">
     <w:pPr>
       <w:spacing w:before="31"/>
       <w:ind w:right="116"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:t xml:space="preserve">Platform </w:t>
     </w:r>
     <w:r w:rsidR="00271B0A" w:rsidRPr="00510F72">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:t>Version</w:t>
     </w:r>
     <w:r w:rsidR="00271B0A" w:rsidRPr="00510F72">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:spacing w:val="-7"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00CD0704">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:t>3.</w:t>
     </w:r>
-    <w:r w:rsidR="00872C34">
+    <w:r w:rsidR="00194950">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
-      <w:t>8</w:t>
+      <w:t>9</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C96A8026"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -13847,98 +13390,99 @@
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1418601138">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2076197931">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="424503079">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="433863279">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1872301982">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1701471739">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyMjIxMzI1sLAwMzW0NLdU0lEKTi0uzszPAykwqQUAwjqjhywAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00DD6EAC"/>
     <w:rsid w:val="00003EF9"/>
     <w:rsid w:val="00030F2D"/>
     <w:rsid w:val="000321C3"/>
     <w:rsid w:val="00034701"/>
     <w:rsid w:val="00052778"/>
     <w:rsid w:val="00093E0E"/>
     <w:rsid w:val="000A47A3"/>
     <w:rsid w:val="000C0E33"/>
+    <w:rsid w:val="000D3301"/>
     <w:rsid w:val="000E6AC9"/>
     <w:rsid w:val="0010347F"/>
     <w:rsid w:val="00110909"/>
     <w:rsid w:val="00112997"/>
     <w:rsid w:val="00112B95"/>
     <w:rsid w:val="00124E3B"/>
     <w:rsid w:val="001256FA"/>
     <w:rsid w:val="001345C9"/>
     <w:rsid w:val="001346BD"/>
     <w:rsid w:val="001447C5"/>
     <w:rsid w:val="001621AF"/>
     <w:rsid w:val="00170FAC"/>
+    <w:rsid w:val="00194950"/>
     <w:rsid w:val="00196409"/>
     <w:rsid w:val="001B2310"/>
     <w:rsid w:val="001B2C04"/>
     <w:rsid w:val="001D09B8"/>
     <w:rsid w:val="001D2248"/>
     <w:rsid w:val="002014E8"/>
     <w:rsid w:val="00201B0C"/>
     <w:rsid w:val="0022266C"/>
     <w:rsid w:val="00234FED"/>
     <w:rsid w:val="0024542C"/>
     <w:rsid w:val="00245985"/>
     <w:rsid w:val="002666F7"/>
     <w:rsid w:val="00271B0A"/>
     <w:rsid w:val="00276D5A"/>
     <w:rsid w:val="002B7CC8"/>
     <w:rsid w:val="002C4484"/>
     <w:rsid w:val="002E3363"/>
     <w:rsid w:val="002E6777"/>
     <w:rsid w:val="003026D8"/>
     <w:rsid w:val="003042AF"/>
     <w:rsid w:val="00317724"/>
     <w:rsid w:val="00323635"/>
     <w:rsid w:val="00331FD7"/>
     <w:rsid w:val="00336107"/>
     <w:rsid w:val="0034728E"/>
@@ -13962,50 +13506,51 @@
     <w:rsid w:val="00413828"/>
     <w:rsid w:val="00416342"/>
     <w:rsid w:val="00416B77"/>
     <w:rsid w:val="00427AC6"/>
     <w:rsid w:val="00432E2F"/>
     <w:rsid w:val="00443901"/>
     <w:rsid w:val="00450D2A"/>
     <w:rsid w:val="00470920"/>
     <w:rsid w:val="004B49B7"/>
     <w:rsid w:val="004C60A8"/>
     <w:rsid w:val="004C6417"/>
     <w:rsid w:val="004D3F02"/>
     <w:rsid w:val="004E0978"/>
     <w:rsid w:val="004F3EA7"/>
     <w:rsid w:val="004F4279"/>
     <w:rsid w:val="004F735B"/>
     <w:rsid w:val="00510F72"/>
     <w:rsid w:val="00521B4B"/>
     <w:rsid w:val="00527A75"/>
     <w:rsid w:val="00552C71"/>
     <w:rsid w:val="00555D9E"/>
     <w:rsid w:val="00566326"/>
     <w:rsid w:val="00573BEC"/>
     <w:rsid w:val="0057698C"/>
     <w:rsid w:val="005779A3"/>
+    <w:rsid w:val="005779FA"/>
     <w:rsid w:val="005867E0"/>
     <w:rsid w:val="00591F68"/>
     <w:rsid w:val="00594E08"/>
     <w:rsid w:val="005B7E0D"/>
     <w:rsid w:val="005C71D1"/>
     <w:rsid w:val="005E1907"/>
     <w:rsid w:val="005E7E7E"/>
     <w:rsid w:val="00611318"/>
     <w:rsid w:val="00632B9F"/>
     <w:rsid w:val="00634486"/>
     <w:rsid w:val="00637293"/>
     <w:rsid w:val="0064210E"/>
     <w:rsid w:val="00642FF0"/>
     <w:rsid w:val="00655392"/>
     <w:rsid w:val="00660685"/>
     <w:rsid w:val="006833BB"/>
     <w:rsid w:val="00684111"/>
     <w:rsid w:val="006957B4"/>
     <w:rsid w:val="006A4274"/>
     <w:rsid w:val="006A569C"/>
     <w:rsid w:val="006A799E"/>
     <w:rsid w:val="006C48F0"/>
     <w:rsid w:val="006D55E5"/>
     <w:rsid w:val="006F11A2"/>
     <w:rsid w:val="006F352D"/>
@@ -14032,141 +13577,144 @@
     <w:rsid w:val="00833911"/>
     <w:rsid w:val="00837829"/>
     <w:rsid w:val="0085160F"/>
     <w:rsid w:val="00861105"/>
     <w:rsid w:val="00872C34"/>
     <w:rsid w:val="00886CB5"/>
     <w:rsid w:val="00887566"/>
     <w:rsid w:val="008A33D8"/>
     <w:rsid w:val="008A5245"/>
     <w:rsid w:val="008B10AE"/>
     <w:rsid w:val="008C5E11"/>
     <w:rsid w:val="008D61AA"/>
     <w:rsid w:val="008E4587"/>
     <w:rsid w:val="008E4E67"/>
     <w:rsid w:val="008E59EF"/>
     <w:rsid w:val="008F07A6"/>
     <w:rsid w:val="009005D4"/>
     <w:rsid w:val="0092468C"/>
     <w:rsid w:val="00934243"/>
     <w:rsid w:val="00983F3D"/>
     <w:rsid w:val="00987B6D"/>
     <w:rsid w:val="0099141E"/>
     <w:rsid w:val="009B2E8D"/>
     <w:rsid w:val="009D4285"/>
     <w:rsid w:val="009D440F"/>
+    <w:rsid w:val="009E2ACB"/>
     <w:rsid w:val="009F1588"/>
     <w:rsid w:val="009F38D3"/>
     <w:rsid w:val="00A133D1"/>
     <w:rsid w:val="00A13988"/>
     <w:rsid w:val="00A22E89"/>
     <w:rsid w:val="00A23051"/>
     <w:rsid w:val="00A4022F"/>
     <w:rsid w:val="00A51275"/>
     <w:rsid w:val="00A5408A"/>
     <w:rsid w:val="00A56EEB"/>
     <w:rsid w:val="00A706F2"/>
     <w:rsid w:val="00A730E7"/>
     <w:rsid w:val="00A7334D"/>
     <w:rsid w:val="00A7685D"/>
     <w:rsid w:val="00AA029B"/>
     <w:rsid w:val="00AB0454"/>
     <w:rsid w:val="00AB4530"/>
     <w:rsid w:val="00AC0BBC"/>
     <w:rsid w:val="00AC1EBE"/>
     <w:rsid w:val="00AD23B2"/>
     <w:rsid w:val="00AD3B4D"/>
     <w:rsid w:val="00AD6592"/>
     <w:rsid w:val="00AE3EC9"/>
     <w:rsid w:val="00B1354A"/>
     <w:rsid w:val="00B309A3"/>
     <w:rsid w:val="00B46804"/>
     <w:rsid w:val="00B537E1"/>
     <w:rsid w:val="00B6115A"/>
     <w:rsid w:val="00B64238"/>
     <w:rsid w:val="00B67C5B"/>
     <w:rsid w:val="00B70ECC"/>
     <w:rsid w:val="00B72FA4"/>
     <w:rsid w:val="00B74ACC"/>
     <w:rsid w:val="00B801AE"/>
     <w:rsid w:val="00BA7CDA"/>
     <w:rsid w:val="00BB46FB"/>
     <w:rsid w:val="00BB5D33"/>
     <w:rsid w:val="00BC69FA"/>
     <w:rsid w:val="00BD759C"/>
     <w:rsid w:val="00BE06DF"/>
     <w:rsid w:val="00BF2C8C"/>
     <w:rsid w:val="00C04305"/>
     <w:rsid w:val="00C13D98"/>
     <w:rsid w:val="00C24940"/>
     <w:rsid w:val="00C3229B"/>
     <w:rsid w:val="00C332F6"/>
     <w:rsid w:val="00C36113"/>
     <w:rsid w:val="00C539D0"/>
     <w:rsid w:val="00C7029C"/>
+    <w:rsid w:val="00C84E8B"/>
     <w:rsid w:val="00CA05F3"/>
     <w:rsid w:val="00CA4FAC"/>
     <w:rsid w:val="00CB38C4"/>
     <w:rsid w:val="00CB7928"/>
     <w:rsid w:val="00CC30C1"/>
     <w:rsid w:val="00CC7414"/>
     <w:rsid w:val="00CC7FB5"/>
     <w:rsid w:val="00CD0704"/>
     <w:rsid w:val="00CD0D50"/>
     <w:rsid w:val="00CD618A"/>
     <w:rsid w:val="00CF52F1"/>
     <w:rsid w:val="00D04573"/>
     <w:rsid w:val="00D1031E"/>
     <w:rsid w:val="00D106C1"/>
     <w:rsid w:val="00D20D3B"/>
     <w:rsid w:val="00D31A17"/>
     <w:rsid w:val="00D6330B"/>
     <w:rsid w:val="00D75470"/>
     <w:rsid w:val="00D919BE"/>
     <w:rsid w:val="00D96AE5"/>
     <w:rsid w:val="00DA6F53"/>
     <w:rsid w:val="00DB07CA"/>
     <w:rsid w:val="00DB725C"/>
     <w:rsid w:val="00DD6EAC"/>
     <w:rsid w:val="00DF70BE"/>
     <w:rsid w:val="00E01BA1"/>
     <w:rsid w:val="00E20559"/>
     <w:rsid w:val="00E355CD"/>
     <w:rsid w:val="00E44DFE"/>
     <w:rsid w:val="00E50099"/>
     <w:rsid w:val="00E54069"/>
     <w:rsid w:val="00E56078"/>
     <w:rsid w:val="00E840FE"/>
     <w:rsid w:val="00E92785"/>
     <w:rsid w:val="00EB48D6"/>
     <w:rsid w:val="00EB6705"/>
     <w:rsid w:val="00EB7259"/>
     <w:rsid w:val="00EC46A3"/>
     <w:rsid w:val="00ED155E"/>
     <w:rsid w:val="00ED56AD"/>
     <w:rsid w:val="00EF6AFD"/>
     <w:rsid w:val="00F117EC"/>
+    <w:rsid w:val="00F15791"/>
     <w:rsid w:val="00F22E38"/>
     <w:rsid w:val="00F2504A"/>
     <w:rsid w:val="00F35DCC"/>
     <w:rsid w:val="00F82F41"/>
     <w:rsid w:val="00F83180"/>
     <w:rsid w:val="00F9195C"/>
     <w:rsid w:val="00FA67CF"/>
     <w:rsid w:val="00FB1983"/>
     <w:rsid w:val="00FB2123"/>
     <w:rsid w:val="00FB303B"/>
     <w:rsid w:val="00FB616D"/>
     <w:rsid w:val="00FD5A9E"/>
     <w:rsid w:val="00FE485E"/>
     <w:rsid w:val="00FE5F94"/>
     <w:rsid w:val="00FF687D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -15688,76 +15236,76 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4C7E46E-A3CA-431B-9CCB-C3413B3B1363}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>24884</Characters>
+  <Pages>1</Pages>
+  <Words>4247</Words>
+  <Characters>24208</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1184</Lines>
-  <Paragraphs>482</Paragraphs>
+  <Lines>201</Lines>
+  <Paragraphs>56</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27972</CharactersWithSpaces>
+  <CharactersWithSpaces>28399</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jessica Baker</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>ac5d041f411da66c31c5ade3daffc5797f61e35ffd3a226f4a2ef95898d24137</vt:lpwstr>